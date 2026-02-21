--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -1,59 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="107A3183" w14:textId="2FEEF69C" w:rsidR="00185956" w:rsidRPr="00652CC0" w:rsidRDefault="00185956" w:rsidP="00973AA6">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00944465">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -966,167 +962,179 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC6AE65" w14:textId="77777777" w:rsidR="00973AA6" w:rsidRDefault="00973AA6" w:rsidP="00973AA6">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E4E7F48" w14:textId="77777777" w:rsidR="00185956" w:rsidRDefault="00185956" w:rsidP="00185956">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FEE2116" w14:textId="77777777" w:rsidR="00756006" w:rsidRDefault="00756006"/>
+    <w:p w14:paraId="0FEE2116" w14:textId="594FDDCC" w:rsidR="00756006" w:rsidRDefault="00021F64" w:rsidP="00021F64">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tipo de Comunicação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C59CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Comunicação oral/poster (retirar o que não se aplica)</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr w:rsidR="00756006" w:rsidSect="008576A2">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1199462F" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50" w:rsidP="00185956">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="134B919D" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50" w:rsidP="00185956">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="78AEAE18" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
       </w:rPr>
       <w:id w:val="1033542220"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="19A8AF03" w14:textId="3205A9AE" w:rsidR="00944465" w:rsidRPr="00944465" w:rsidRDefault="00944465" w:rsidP="00721D8A">
+      <w:p w14:paraId="19A8AF03" w14:textId="4A9154A6" w:rsidR="00944465" w:rsidRPr="00944465" w:rsidRDefault="00944465" w:rsidP="00721D8A">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="ED7D31" w:themeColor="accent2"/>
           </w:pBdr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00944465">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Proceedings of Research and Practice in Allied and Environmental</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -1139,151 +1147,153 @@
           </w:rPr>
           <w:t xml:space="preserve"> Health</w:t>
         </w:r>
         <w:r w:rsidR="00721D8A" w:rsidRPr="00944465">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
         <w:r w:rsidR="00721D8A" w:rsidRPr="009223E4">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00021F64">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>X</w:t>
         </w:r>
         <w:r w:rsidR="00721D8A" w:rsidRPr="009223E4">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>; V1(</w:t>
+          <w:t>; V</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00021F64">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>X</w:t>
+        </w:r>
+        <w:r w:rsidR="00721D8A" w:rsidRPr="009223E4">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="ED7D31" w:themeColor="accent2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+        <w:r w:rsidR="00021F64">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="ED7D31" w:themeColor="accent2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>X</w:t>
         </w:r>
         <w:r w:rsidR="00721D8A" w:rsidRPr="009223E4">
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
         <w:r w:rsidR="00721D8A" w:rsidRPr="00980973">
           <w:rPr>
             <w:color w:val="ED7D31" w:themeColor="accent2"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="19CB70F7" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50" w:rsidP="00185956">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6445598C" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50" w:rsidP="00185956">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="52D789C1" w14:textId="77777777" w:rsidR="00F64E50" w:rsidRDefault="00F64E50"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2475E9EA" w14:textId="4CC582EA" w:rsidR="00944465" w:rsidRDefault="00626688" w:rsidP="007F61FB">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="ED7D31" w:themeColor="accent2"/>
       </w:pBdr>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="503C3BD9" wp14:editId="3439E24D">
           <wp:extent cx="1362075" cy="369678"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Imagem 1" descr="##common.pageHeaderLogo.altText##"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1319,62 +1329,52 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="05F51C43" w14:textId="77777777" w:rsidR="00185956" w:rsidRDefault="00185956" w:rsidP="007F61FB">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="ED7D31" w:themeColor="accent2"/>
       </w:pBdr>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="250A245F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29E20A30"/>
     <w:lvl w:ilvl="0" w:tplc="1AF444CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1551,145 +1551,147 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="362023618">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NrEwtjQ2trC0MDA3NzNQ0lEKTi0uzszPAykwrAUAc/8GSiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00185956"/>
+    <w:rsid w:val="00021F64"/>
     <w:rsid w:val="000B4859"/>
     <w:rsid w:val="000D4D86"/>
     <w:rsid w:val="00132A3F"/>
     <w:rsid w:val="0014096E"/>
     <w:rsid w:val="001531A5"/>
     <w:rsid w:val="00185956"/>
     <w:rsid w:val="0038606E"/>
     <w:rsid w:val="00386266"/>
     <w:rsid w:val="003E5E64"/>
     <w:rsid w:val="005C59D1"/>
     <w:rsid w:val="00626688"/>
     <w:rsid w:val="006302AE"/>
     <w:rsid w:val="00671C60"/>
     <w:rsid w:val="006967B5"/>
     <w:rsid w:val="00721D8A"/>
     <w:rsid w:val="00756006"/>
     <w:rsid w:val="00770ED4"/>
     <w:rsid w:val="00781A1F"/>
     <w:rsid w:val="007E4CFC"/>
     <w:rsid w:val="00944465"/>
     <w:rsid w:val="00973AA6"/>
     <w:rsid w:val="00A60F71"/>
     <w:rsid w:val="00C27E1B"/>
+    <w:rsid w:val="00CB031B"/>
     <w:rsid w:val="00DF3CF6"/>
     <w:rsid w:val="00E1575F"/>
     <w:rsid w:val="00E71417"/>
     <w:rsid w:val="00F64E50"/>
     <w:rsid w:val="00FE04BB"/>
     <w:rsid w:val="00FF654A"/>
     <w:rsid w:val="00FF7744"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="40342CB9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2BC9FEAA-9681-4EF7-8224-58FF812160AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt" w:eastAsia="en-US" w:bidi="he-IL"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2173,62 +2175,62 @@
     <w:qFormat/>
     <w:rsid w:val="00185956"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -2492,50 +2494,59 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C91A344E47FB2145BB7D4464A1C97862" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdbd505484da62a801b70c1d341bb3aa">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4609f94a-4968-4e50-9f85-6cd16e13991a" xmlns:ns3="5befc7e9-cfb4-48d0-9970-36bbcea54405" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1b9fc0e1933b31188239cc3c78f96a29" ns2:_="" ns3:_="">
     <xsd:import namespace="4609f94a-4968-4e50-9f85-6cd16e13991a"/>
     <xsd:import namespace="5befc7e9-cfb4-48d0-9970-36bbcea54405"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -2746,110 +2757,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EB85251-7E67-4BBD-903F-9B561320D7EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{693F2A99-7262-4EE1-A1DB-30282BC9B499}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4609f94a-4968-4e50-9f85-6cd16e13991a"/>
     <ds:schemaRef ds:uri="5befc7e9-cfb4-48d0-9970-36bbcea54405"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>357</Words>
-  <Characters>1931</Characters>
+  <Words>369</Words>
+  <Characters>1993</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2284</CharactersWithSpaces>
+  <CharactersWithSpaces>2358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cláudia Marta Libreiro de Pinho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>